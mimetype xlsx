--- v0 (2025-11-12)
+++ v1 (2026-01-13)
@@ -151,51 +151,51 @@
   <si>
     <t>3</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>-00:00:14</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>10071130484</t>
   </si>
   <si>
     <t>Cian</t>
   </si>
   <si>
     <t>UIJTDEBROEKS</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>TEAM VISMA | LEASE A BIKE</t>
+    <t>TEAM VISMA : LEASE A BIKE</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>15:55:48</t>
   </si>
   <si>
     <t>+7</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>-00:00:10</t>
   </si>
   <si>
     <t>53</t>
   </si>
@@ -484,51 +484,51 @@
   <si>
     <t>ARAYA</t>
   </si>
   <si>
     <t>ERI</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>10015064686</t>
   </si>
   <si>
     <t>Piotr</t>
   </si>
   <si>
     <t>PEKALA</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
-    <t>ATT INVESTMENTS</t>
+    <t>ATT Investments</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>15:57:18</t>
   </si>
   <si>
     <t>+1:37</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>10047415196</t>
   </si>
   <si>
     <t>Tomáš</t>
   </si>
   <si>
     <t>PŘIDAL</t>
   </si>